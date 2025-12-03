--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1836,50 +1836,90 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4CE71A" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="611179FC" w14:textId="77777777" w:rsidR="00711653" w:rsidRPr="00711653" w:rsidRDefault="00711653" w:rsidP="00711653">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711653">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7616AA" w14:textId="77777777" w:rsidR="00711653" w:rsidRDefault="00711653">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="074A929C" w14:textId="77777777" w:rsidR="00EB763A" w:rsidRDefault="00EB763A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52E72D0F" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -1993,51 +2033,50 @@
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42C8C891" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00970EA1" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Four </w:t>
       </w:r>
       <w:r w:rsidR="00F35CBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) </w:t>
       </w:r>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>years</w:t>
       </w:r>
       <w:r w:rsidR="00F35CBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>of increasingly responsible professional accounting</w:t>
@@ -2324,257 +2363,294 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>driver’s license.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E9E5E0F" w14:textId="77777777" w:rsidR="006A1D65" w:rsidRPr="007C649A" w:rsidRDefault="006A1D65" w:rsidP="006A1D65">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C8B30D4" w14:textId="77777777" w:rsidR="006A1D65" w:rsidRDefault="006A1D65" w:rsidP="006A1D65">
-[...20 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="37B03981" w14:textId="77777777" w:rsidR="00711653" w:rsidRPr="00711653" w:rsidRDefault="00711653" w:rsidP="00711653">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711653">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Possession of, or ability to obtain, the City of Grand Junction Leadership Track certification within two (2) years of appointment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1042BA" w14:textId="77777777" w:rsidR="006A1D65" w:rsidRDefault="006A1D65" w:rsidP="000258C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BE2006C" w14:textId="77777777" w:rsidR="00D06CEF" w:rsidRDefault="00D06CEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38371643" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>WORKING CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345DD8D0" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F53808D" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Environmental Conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117764A9" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5D6D28" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17314F22" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00FCDCD3" w14:textId="0C169BB6" w:rsidR="00711653" w:rsidRPr="00711653" w:rsidRDefault="0017127E" w:rsidP="00711653">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Office </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00711653">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...178 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00711653" w:rsidRPr="00711653">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00711653" w:rsidRPr="00711653">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B57649" w14:textId="7FB036C8" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2187AB6F" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CC87DCA" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
@@ -2781,108 +2857,108 @@
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00917B2F" w:rsidSect="00EE3A53">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54A1224D" w14:textId="77777777" w:rsidR="00EE3A53" w:rsidRDefault="00EE3A53">
+    <w:p w14:paraId="4EB5B408" w14:textId="77777777" w:rsidR="00113652" w:rsidRDefault="00113652">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58466702" w14:textId="77777777" w:rsidR="00EE3A53" w:rsidRDefault="00EE3A53">
+    <w:p w14:paraId="46FB5A22" w14:textId="77777777" w:rsidR="00113652" w:rsidRDefault="00113652">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="52994173" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
-  <w:p w14:paraId="5C70B862" w14:textId="432ADE75" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
+  <w:p w14:paraId="5C70B862" w14:textId="2FE12AE1" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2955,61 +3031,73 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00BF61AE">
+    <w:r w:rsidR="00711653">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidR="006A1D65">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>6/30/2025</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00711653">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>24</w:t>
+    </w:r>
+    <w:r w:rsidR="006A1D65">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03E145FA" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
   <w:p w14:paraId="7446482E" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -3102,97 +3190,97 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4450E35C" w14:textId="77777777" w:rsidR="00EE3A53" w:rsidRDefault="00EE3A53">
+    <w:p w14:paraId="32A97057" w14:textId="77777777" w:rsidR="00113652" w:rsidRDefault="00113652">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22767257" w14:textId="77777777" w:rsidR="00EE3A53" w:rsidRDefault="00EE3A53">
+    <w:p w14:paraId="35E85C84" w14:textId="77777777" w:rsidR="00113652" w:rsidRDefault="00113652">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08828F73" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00AB1A45">
           <w:rPr>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="13C5E94D" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
@@ -3257,52 +3345,52 @@
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="233F4A83" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4E1A4873" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="615A3AD8" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRPr="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00BE6C23">
@@ -4117,90 +4205,93 @@
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="000258C3"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="000F3991"/>
     <w:rsid w:val="000F5BEF"/>
     <w:rsid w:val="00112B78"/>
+    <w:rsid w:val="00113652"/>
     <w:rsid w:val="00140FB4"/>
     <w:rsid w:val="00151205"/>
     <w:rsid w:val="00151255"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="00162329"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="002110B2"/>
     <w:rsid w:val="00262469"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="00287AC1"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="003269C6"/>
     <w:rsid w:val="003425E0"/>
     <w:rsid w:val="0038686C"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003B0E79"/>
     <w:rsid w:val="003D0010"/>
     <w:rsid w:val="003E41F1"/>
     <w:rsid w:val="003F01A3"/>
     <w:rsid w:val="00423ECD"/>
     <w:rsid w:val="004A1868"/>
     <w:rsid w:val="0050622A"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00561D5C"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="006432A3"/>
     <w:rsid w:val="006A1D65"/>
     <w:rsid w:val="00704117"/>
+    <w:rsid w:val="00711653"/>
     <w:rsid w:val="007245B8"/>
     <w:rsid w:val="00735690"/>
     <w:rsid w:val="007B6EC1"/>
     <w:rsid w:val="007C36C4"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="007D2713"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008A5ECF"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008F6AB5"/>
+    <w:rsid w:val="0090056B"/>
     <w:rsid w:val="00904B93"/>
     <w:rsid w:val="009106CD"/>
     <w:rsid w:val="00912256"/>
     <w:rsid w:val="00917B2F"/>
     <w:rsid w:val="00926F35"/>
     <w:rsid w:val="00927CD6"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00940257"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B6405"/>
     <w:rsid w:val="009C03D2"/>
     <w:rsid w:val="009C6219"/>
     <w:rsid w:val="009D1F4A"/>
     <w:rsid w:val="00AA1223"/>
     <w:rsid w:val="00AB0E60"/>
     <w:rsid w:val="00AB1A45"/>
     <w:rsid w:val="00AC5FAC"/>
     <w:rsid w:val="00B03761"/>
     <w:rsid w:val="00B71581"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B93D10"/>
     <w:rsid w:val="00B9411A"/>
     <w:rsid w:val="00BB5233"/>
@@ -4232,52 +4323,52 @@
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00EE2E8A"/>
     <w:rsid w:val="00EE3A53"/>
     <w:rsid w:val="00F2152A"/>
     <w:rsid w:val="00F35CBB"/>
     <w:rsid w:val="00F451FB"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE7DAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4FA3D2FE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4C1E2E0B-09D8-412F-A3F1-85D0954229A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -4547,51 +4638,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -5040,69 +5130,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...17 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5202,118 +5273,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{515A2460-283D-4240-B700-3EB9F400C5F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA7E2B6D-5B7B-4C13-A5F7-6D54DBD6A84F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E17B2B65-2326-47FC-983A-B2D6C62A78AD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D75F1D35-D438-4AEB-994C-CBA056645371}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1017</Words>
-  <Characters>5801</Characters>
+  <Words>1038</Words>
+  <Characters>5920</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
+  <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6805</CharactersWithSpaces>
+  <CharactersWithSpaces>6945</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>