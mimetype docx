--- v0 (2025-11-19)
+++ v1 (2026-02-28)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="214B1E45" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59D4FD94" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
@@ -568,51 +568,65 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00390B4D">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00390B4D">
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Move and arrange furniture and equipment and set-up rooms for meetings and special functions.</w:t>
+        <w:t xml:space="preserve">Move and arrange furniture and equipment and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00390B4D">
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+        </w:rPr>
+        <w:t>set-up</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00390B4D">
+        <w:rPr>
+          <w:rStyle w:val="Purpose"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rooms for meetings and special functions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3E028E" w14:textId="77777777" w:rsidR="00390B4D" w:rsidRDefault="00390B4D" w:rsidP="00390B4D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74F4ED2E" w14:textId="77777777" w:rsidR="00390B4D" w:rsidRDefault="00E252A3" w:rsidP="00390B4D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Purpose"/>
         </w:rPr>
       </w:pPr>
@@ -1212,51 +1226,65 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Work independently in absence of supervision.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A50C8C" w14:textId="1A8A90DC" w:rsidR="00BC2CFE" w:rsidRDefault="00BC2CFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Work alone in one or multiple facilities as assigned.</w:t>
+        <w:t xml:space="preserve">Work alone in one or multiple </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>facilities as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assigned.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50E40BF5" w14:textId="4E9ED1FF" w:rsidR="003E04E3" w:rsidRDefault="003E04E3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Change assigned building(s) as directed</w:t>
       </w:r>
       <w:r w:rsidR="00CC7AA8">
@@ -1288,50 +1316,70 @@
         </w:rPr>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C00DF22" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21158612" w14:textId="51C53761" w:rsidR="00F51EFA" w:rsidRDefault="00F51EFA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0003">
+        <w:t>Speak, read, write, and comprehend the English language at a level necessary to accomplish job requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="687CEC7F" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B89B97A" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0043603A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -1898,88 +1946,110 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D0E9CA2" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>The following condition(s) may be present on a continuing basis:</w:t>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>condition(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be present on a continuing basis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="549BA235" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6498"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C0BA6" w:rsidRPr="00917F76" w14:paraId="396168D7" w14:textId="77777777" w:rsidTr="000F5FE2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6498" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71AA9D4C" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00917F76" w:rsidRDefault="003C0BA6" w:rsidP="003A67DD">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00917F76">
-              <w:t>Atmospheric Conditions (fumes, odors, dusts, gases, poor ventilation)</w:t>
+              <w:t xml:space="preserve">Atmospheric Conditions (fumes, odors, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00917F76">
+              <w:t>dusts</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00917F76">
+              <w:t>, gases, poor ventilation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C0BA6" w:rsidRPr="00917F76" w14:paraId="3B4A5FB9" w14:textId="77777777" w:rsidTr="000F5FE2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6498" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68FFE03C" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00917F76" w:rsidRDefault="003C0BA6" w:rsidP="003A67DD">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00917F76">
               <w:t>Hazardous materials (chemicals, blood and other body fluids, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F4714B3" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00917F76" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2100,52 +2170,57 @@
             <w:tblGrid>
               <w:gridCol w:w="8963"/>
             </w:tblGrid>
             <w:tr w:rsidR="00A73BD2" w:rsidRPr="00917F76" w14:paraId="68746CA3" w14:textId="77777777" w:rsidTr="00C33666">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5000" w:type="pct"/>
                 </w:tcPr>
                 <w:p w14:paraId="475379CC" w14:textId="77777777" w:rsidR="00A73BD2" w:rsidRPr="00917F76" w:rsidRDefault="00A73BD2" w:rsidP="00A73BD2">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="720"/>
                       <w:tab w:val="left" w:pos="1440"/>
                       <w:tab w:val="left" w:pos="5760"/>
                     </w:tabs>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00917F76">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                     </w:rPr>
                     <w:t>Medium Work</w:t>
                   </w:r>
+                  <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00917F76">
-                    <w:t>:  Exerting up to 50 pounds of force occasionally, and/or up to 20 pounds of force frequently, and/or up to 10 pounds of force constantly to move objects.</w:t>
+                    <w:t>:  Exerting</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00917F76">
+                    <w:t xml:space="preserve"> up to 50 pounds of force occasionally, and/or up to 20 pounds of force frequently, and/or up to 10 pounds of force constantly to move objects.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="557887C6" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00917F76" w:rsidRDefault="003C0BA6" w:rsidP="003A67DD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1AFAD7FB" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00917F76" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -2155,51 +2230,65 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="243C77A6" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00917F76" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>The following activities are very or extremely important in accomplishing the job’s purpose and/or performed on a daily basis:</w:t>
+        <w:t xml:space="preserve">The following activities are very or extremely important in accomplishing the job’s purpose and/or performed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>on a daily basis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00917F76">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC6EF60" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRPr="00917F76" w:rsidRDefault="003C0BA6" w:rsidP="0017127E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4934" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2209,174 +2298,189 @@
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9236"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C0BA6" w:rsidRPr="00917F76" w14:paraId="4B1FCDB6" w14:textId="77777777" w:rsidTr="000F5FE2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77747E57" w14:textId="05FE07A5" w:rsidR="003C0BA6" w:rsidRPr="00917F76" w:rsidRDefault="00D15033" w:rsidP="00932E9B">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15033">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>While performing the duties of this job, the employee is regularly required to see, stand, walk, kneel, stoop, squat, pull, push, climb and demonstrate manual dexterity. The empl</w:t>
             </w:r>
             <w:r w:rsidR="00515E8E">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>oyee is required to lift up to 2</w:t>
+              <w:t xml:space="preserve">oyee is required to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00515E8E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>lift up</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00515E8E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00D15033">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 pounds on a regular basis</w:t>
             </w:r>
             <w:r w:rsidR="00515E8E">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 50 pounds occasionally</w:t>
             </w:r>
             <w:r w:rsidRPr="00D15033">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E238D92" w14:textId="77777777" w:rsidR="003C0BA6" w:rsidRDefault="003C0BA6" w:rsidP="00515E8E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003C0BA6" w:rsidSect="000115CA">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4388F5DC" w14:textId="77777777" w:rsidR="000115CA" w:rsidRDefault="000115CA">
+    <w:p w14:paraId="2EEE5A3C" w14:textId="77777777" w:rsidR="00B2495A" w:rsidRDefault="00B2495A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35B17ADA" w14:textId="77777777" w:rsidR="000115CA" w:rsidRDefault="000115CA">
+    <w:p w14:paraId="237EB2F7" w14:textId="77777777" w:rsidR="00B2495A" w:rsidRDefault="00B2495A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="21C53395" w14:textId="77777777" w:rsidR="00C51E5D" w:rsidRDefault="00C51E5D"/>
-  <w:p w14:paraId="2558B054" w14:textId="4A680814" w:rsidR="00C51E5D" w:rsidRDefault="00C51E5D">
+  <w:p w14:paraId="2558B054" w14:textId="2986F69D" w:rsidR="00C51E5D" w:rsidRDefault="00C51E5D">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2449,112 +2553,136 @@
     </w:r>
     <w:r w:rsidR="008D7F27">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008D7F27">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008D7F27">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00195928">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:r w:rsidR="00F51EFA">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
     <w:r w:rsidR="00932E9B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>04/25/2024</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00F51EFA">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>05</w:t>
+    </w:r>
+    <w:r w:rsidR="00932E9B">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00F51EFA">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28B7D96A" w14:textId="77777777" w:rsidR="000115CA" w:rsidRDefault="000115CA">
+    <w:p w14:paraId="56E2E556" w14:textId="77777777" w:rsidR="00B2495A" w:rsidRDefault="00B2495A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51DE8211" w14:textId="77777777" w:rsidR="000115CA" w:rsidRDefault="000115CA">
+    <w:p w14:paraId="5C9462F4" w14:textId="77777777" w:rsidR="00B2495A" w:rsidRDefault="00B2495A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1517141F" w14:textId="77777777" w:rsidR="00C51E5D" w:rsidRPr="00CC53B2" w:rsidRDefault="00C51E5D" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00CC53B2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00CC53B2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="316B9D43" w14:textId="77777777" w:rsidR="00C51E5D" w:rsidRPr="00CC53B2" w:rsidRDefault="00C51E5D">
     <w:pPr>
@@ -2609,51 +2737,51 @@
   <w:p w14:paraId="3BFA0B81" w14:textId="77777777" w:rsidR="00C51E5D" w:rsidRPr="00BE6C23" w:rsidRDefault="00C51E5D" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D6494E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="110C7AC2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3579,53 +3707,54 @@
   <w:num w:numId="4" w16cid:durableId="1941526729">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="703596710">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1018658517">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="296684968">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1092630389">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="793136960">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2114668442">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -3655,172 +3784,175 @@
     <w:rsid w:val="001C7963"/>
     <w:rsid w:val="001F6401"/>
     <w:rsid w:val="002019BE"/>
     <w:rsid w:val="0022281F"/>
     <w:rsid w:val="00234A79"/>
     <w:rsid w:val="002534D7"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="00333499"/>
     <w:rsid w:val="003864D8"/>
     <w:rsid w:val="00390B4D"/>
     <w:rsid w:val="00393C94"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003C00D0"/>
     <w:rsid w:val="003C0BA6"/>
     <w:rsid w:val="003C2AD9"/>
     <w:rsid w:val="003C3833"/>
     <w:rsid w:val="003E04E3"/>
     <w:rsid w:val="00422508"/>
     <w:rsid w:val="0043603A"/>
     <w:rsid w:val="004533B8"/>
     <w:rsid w:val="00486A1B"/>
     <w:rsid w:val="00493E6C"/>
+    <w:rsid w:val="004D6CB7"/>
     <w:rsid w:val="00515E8E"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00540AC5"/>
     <w:rsid w:val="00560BA2"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D24D7"/>
     <w:rsid w:val="005E4FDB"/>
     <w:rsid w:val="005E6BE8"/>
     <w:rsid w:val="00685BD5"/>
     <w:rsid w:val="006A0F71"/>
     <w:rsid w:val="006B26A6"/>
     <w:rsid w:val="006B4D6B"/>
     <w:rsid w:val="006D0677"/>
     <w:rsid w:val="006D134A"/>
     <w:rsid w:val="006E4A3B"/>
     <w:rsid w:val="006F07AE"/>
     <w:rsid w:val="0070404D"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="00712574"/>
     <w:rsid w:val="00712B1D"/>
     <w:rsid w:val="00732B96"/>
     <w:rsid w:val="00771218"/>
     <w:rsid w:val="00771D62"/>
     <w:rsid w:val="00781415"/>
     <w:rsid w:val="007E669B"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008341EA"/>
     <w:rsid w:val="00862699"/>
     <w:rsid w:val="00875129"/>
     <w:rsid w:val="00883701"/>
     <w:rsid w:val="008D7F27"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008E38A3"/>
     <w:rsid w:val="00917F76"/>
     <w:rsid w:val="00932E9B"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="00995462"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B2B2E"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B54DB"/>
     <w:rsid w:val="009F2825"/>
     <w:rsid w:val="00A05715"/>
     <w:rsid w:val="00A73BD2"/>
     <w:rsid w:val="00A90E05"/>
     <w:rsid w:val="00AC2B4D"/>
     <w:rsid w:val="00AD61D8"/>
     <w:rsid w:val="00AF77F0"/>
+    <w:rsid w:val="00B2495A"/>
     <w:rsid w:val="00B30DBB"/>
     <w:rsid w:val="00B524D2"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00BC2CFE"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C15C8B"/>
     <w:rsid w:val="00C16160"/>
     <w:rsid w:val="00C23149"/>
     <w:rsid w:val="00C33666"/>
     <w:rsid w:val="00C4632A"/>
     <w:rsid w:val="00C51E5D"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C56C53"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00CC53B2"/>
     <w:rsid w:val="00CC6A04"/>
     <w:rsid w:val="00CC7AA8"/>
     <w:rsid w:val="00D038B2"/>
     <w:rsid w:val="00D065AA"/>
     <w:rsid w:val="00D15033"/>
     <w:rsid w:val="00DB10E3"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DE5EFA"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E252A3"/>
     <w:rsid w:val="00E7532B"/>
     <w:rsid w:val="00E91C5A"/>
     <w:rsid w:val="00EB2D6C"/>
     <w:rsid w:val="00EB3CCC"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00F02A61"/>
     <w:rsid w:val="00F171AF"/>
     <w:rsid w:val="00F26601"/>
+    <w:rsid w:val="00F51EFA"/>
     <w:rsid w:val="00F86DE8"/>
     <w:rsid w:val="00FC0628"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE3D24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="031FDA8B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FA12BE17-6577-4FEB-B8C3-C24DB07D2112}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4312,51 +4444,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE41EC"/>
     <w:rPr>
       <w:sz w:val="0"/>
       <w:szCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Purpose">
     <w:name w:val="Purpose"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00422508"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4639,70 +4771,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77CFD418-EB7B-4F5D-9203-6BF05C96A938}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>594</Words>
-  <Characters>3392</Characters>
+  <Words>611</Words>
+  <Characters>3484</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3979</CharactersWithSpaces>
+  <CharactersWithSpaces>4087</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>