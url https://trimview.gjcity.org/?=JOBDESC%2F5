--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1171,71 +1171,72 @@
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Oversee and participate in the management of a comprehensive customer service programs.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Participate in the development and administration of division goals, objectives and procedures.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Prepare, monitor, and administer budgets.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Analyze problems, identify alternative solutions, project consequences of proposed actions and implement recommendations in support of goals.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Interpret and apply pertinent ordinances, laws, codes, regulations, policies and procedures. Identify and provide solutions to operational and procedural problems.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Apply bookkeeping and financial record-keeping principles to the maintenance of customer service records.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EC4467" w14:textId="77777777" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
+    <w:p w14:paraId="06EC4467" w14:textId="77777777" w:rsidR="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:r w:rsidRPr="004619C2">
         <w:t>Comply with Payment Card Industry (PCI) standards for handling and securing payment card information.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Respond to requests, inquiries, and elevated concerns from the general public and City employees.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Establish and maintain accurate records, logs, and files.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
       </w:r>
       <w:r w:rsidRPr="004619C2">
         <w:br/>
         <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="344E340B" w14:textId="77777777" w:rsidR="00342E68" w:rsidRPr="004619C2" w:rsidRDefault="00342E68" w:rsidP="004619C2"/>
     <w:p w14:paraId="3108DDB7" w14:textId="77777777" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5826C4B5" w14:textId="77777777" w:rsidR="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
@@ -1249,51 +1250,50 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C2E7518" w14:textId="3235E1DE" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004619C2">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Experience and Training Guidelines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D4EFBB9" w14:textId="77777777" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004619C2">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Minimum Requirements:</w:t>
       </w:r>
@@ -1629,71 +1629,87 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004619C2">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Possession of, or the ability to obtain, a valid Colorado driver’s license.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D99A5FA" w14:textId="77777777" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A8157C4" w14:textId="77777777" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
-[...19 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="785F6355" w14:textId="6F5E1919" w:rsidR="00342E68" w:rsidRPr="00342E68" w:rsidRDefault="00342E68" w:rsidP="00342E68">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00342E68">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Possession of, or ability to obtain, the City of Grand Junction Leadership Track certification within two (2) years of appointment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A8157C4" w14:textId="7E72B175" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0F10BC12" w14:textId="77777777" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="100BA50E" w14:textId="77777777" w:rsidR="004619C2" w:rsidRPr="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
@@ -1799,71 +1815,93 @@
         <w:t>The job is performed in the following working environment:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648A5BD6" w14:textId="77777777" w:rsidR="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF219AE" w14:textId="77777777" w:rsidR="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
+    <w:p w14:paraId="4D29E3A2" w14:textId="77777777" w:rsidR="00342E68" w:rsidRPr="00342E68" w:rsidRDefault="004619C2" w:rsidP="00342E68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Office environment.</w:t>
-      </w:r>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00342E68" w:rsidRPr="00342E68">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF219AE" w14:textId="5B0E92AB" w:rsidR="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="24CFE222" w14:textId="77777777" w:rsidR="004619C2" w:rsidRPr="00917F76" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5622F57C" w14:textId="77777777" w:rsidR="004619C2" w:rsidRDefault="004619C2" w:rsidP="004619C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
@@ -2109,58 +2147,58 @@
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F006F2" w:rsidSect="007A3AAE">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="450" w:left="1440" w:header="720" w:footer="435" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67686FE5" w14:textId="77777777" w:rsidR="00E97876" w:rsidRDefault="00E97876">
+    <w:p w14:paraId="18268E6C" w14:textId="77777777" w:rsidR="0078579F" w:rsidRDefault="0078579F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19F1AEA5" w14:textId="77777777" w:rsidR="00E97876" w:rsidRDefault="00E97876">
+    <w:p w14:paraId="21867F2A" w14:textId="77777777" w:rsidR="0078579F" w:rsidRDefault="0078579F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
@@ -2181,51 +2219,51 @@
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61829076" w14:textId="77777777" w:rsidR="007D6C21" w:rsidRDefault="007D6C21"/>
-  <w:p w14:paraId="7236F15E" w14:textId="318D5A9C" w:rsidR="007D6C21" w:rsidRDefault="007D6C21">
+  <w:p w14:paraId="7236F15E" w14:textId="338AD533" w:rsidR="007D6C21" w:rsidRDefault="007D6C21">
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -2302,51 +2340,63 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BE22F6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BE22F6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BE22F6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="004619C2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:t>10/1/2025</w:t>
+      <w:t>10/</w:t>
+    </w:r>
+    <w:r w:rsidR="00342E68">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>24</w:t>
+    </w:r>
+    <w:r w:rsidR="004619C2">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A0FF5F2" w14:textId="77777777" w:rsidR="007D6C21" w:rsidRDefault="007D6C21"/>
   <w:p w14:paraId="3ED6767C" w14:textId="77777777" w:rsidR="007D6C21" w:rsidRDefault="007D6C21">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -2439,97 +2489,97 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B3B4258" w14:textId="77777777" w:rsidR="00E97876" w:rsidRDefault="00E97876">
+    <w:p w14:paraId="322B8CAE" w14:textId="77777777" w:rsidR="0078579F" w:rsidRDefault="0078579F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D2FD0CA" w14:textId="77777777" w:rsidR="00E97876" w:rsidRDefault="00E97876">
+    <w:p w14:paraId="3DCB4AF2" w14:textId="77777777" w:rsidR="0078579F" w:rsidRDefault="0078579F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="646B8CF3" w14:textId="77777777" w:rsidR="007D6C21" w:rsidRPr="00F112AC" w:rsidRDefault="007D6C21" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F112AC">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00F112AC">
           <w:rPr>
             <w:b/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r w:rsidRPr="00F112AC">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2BA226A1" w14:textId="77777777" w:rsidR="007D6C21" w:rsidRPr="00F112AC" w:rsidRDefault="007D6C21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
@@ -2594,52 +2644,52 @@
         <w:spacing w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7622D7B2" w14:textId="77777777" w:rsidR="007D6C21" w:rsidRDefault="007D6C21" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">CITY OF </w:t>
     </w:r>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>GRAND</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> JUNCTION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5630AD66" w14:textId="77777777" w:rsidR="007D6C21" w:rsidRDefault="007D6C21" w:rsidP="00BE6C23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0B7AEFF4" w14:textId="77777777" w:rsidR="007D6C21" w:rsidRPr="00BE6C23" w:rsidRDefault="007D6C21" w:rsidP="00BE6C23">
@@ -3568,86 +3618,89 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="00016EFD"/>
     <w:rsid w:val="00040BD4"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="00077BAA"/>
     <w:rsid w:val="000A7004"/>
     <w:rsid w:val="000E0CBC"/>
     <w:rsid w:val="000F0F64"/>
     <w:rsid w:val="001049A4"/>
     <w:rsid w:val="00105EBE"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="00161CD2"/>
     <w:rsid w:val="00166DAF"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="001A236F"/>
     <w:rsid w:val="001C4E95"/>
     <w:rsid w:val="002120F9"/>
     <w:rsid w:val="002202F9"/>
     <w:rsid w:val="0022436C"/>
+    <w:rsid w:val="002379C6"/>
     <w:rsid w:val="00237FAA"/>
     <w:rsid w:val="002625A0"/>
     <w:rsid w:val="002666D5"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="00287777"/>
     <w:rsid w:val="002B3929"/>
     <w:rsid w:val="002B4E1D"/>
     <w:rsid w:val="002B7A80"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D42D6"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="00302EDE"/>
+    <w:rsid w:val="00342E68"/>
     <w:rsid w:val="00395334"/>
     <w:rsid w:val="003A67DD"/>
     <w:rsid w:val="003C602B"/>
     <w:rsid w:val="003E4138"/>
     <w:rsid w:val="0043603A"/>
     <w:rsid w:val="004619C2"/>
     <w:rsid w:val="004660B5"/>
     <w:rsid w:val="004D7FC8"/>
     <w:rsid w:val="005116C6"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="0061036A"/>
     <w:rsid w:val="00614D6B"/>
     <w:rsid w:val="00615B94"/>
     <w:rsid w:val="00652DF9"/>
     <w:rsid w:val="00671100"/>
     <w:rsid w:val="006766EE"/>
     <w:rsid w:val="006B4DB5"/>
     <w:rsid w:val="006F6C7F"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="00731E56"/>
     <w:rsid w:val="00751997"/>
     <w:rsid w:val="00762A4D"/>
+    <w:rsid w:val="0078579F"/>
     <w:rsid w:val="007A3AAE"/>
     <w:rsid w:val="007D0C26"/>
     <w:rsid w:val="007D6C21"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00953014"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B56C8"/>
     <w:rsid w:val="009E5F80"/>
     <w:rsid w:val="00A07D28"/>
     <w:rsid w:val="00A173CD"/>
     <w:rsid w:val="00A60CB3"/>
     <w:rsid w:val="00A84E9C"/>
     <w:rsid w:val="00AB509F"/>
     <w:rsid w:val="00AD2759"/>
     <w:rsid w:val="00B132E6"/>
     <w:rsid w:val="00B447FF"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B87EB5"/>
     <w:rsid w:val="00B93DF0"/>
     <w:rsid w:val="00BD0B01"/>
     <w:rsid w:val="00BE22F6"/>
     <w:rsid w:val="00BE4983"/>
@@ -3681,52 +3734,52 @@
     <w:rsid w:val="00F97C88"/>
     <w:rsid w:val="00FD0839"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FE0032"/>
     <w:rsid w:val="1D4668DD"/>
     <w:rsid w:val="33138EFB"/>
     <w:rsid w:val="5D8C4577"/>
     <w:rsid w:val="70FFA17E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="51A1E295"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C8BFFC5D-C8DA-4B67-A3D1-A9E08FFB27CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -3999,51 +4052,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -4401,69 +4453,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...17 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BEC999F178294D40A9422D1EAAD2CE9D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91bc76cd4fb6b2ed20fbfb324b3e64d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1c33895-2eb2-4612-b2f3-ce992d837b87" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98174cd5953d94cb37594738553a33cf" ns2:_="">
     <xsd:import namespace="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1c33895-2eb2-4612-b2f3-ce992d837b87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -4563,108 +4596,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96BD36F6-E731-4241-97C4-2585115B03B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1c33895-2eb2-4612-b2f3-ce992d837b87"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{939F543B-A4BD-4F55-A1B9-F3929C6285DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48B830D1-BABF-4DA0-84B6-A80F8CC1F6B3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E92F7B1C-4447-4322-B3FA-4B74E04715A4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1184</Words>
-  <Characters>6753</Characters>
+  <Words>1195</Words>
+  <Characters>6816</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7922</CharactersWithSpaces>
+  <CharactersWithSpaces>7996</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BEC999F178294D40A9422D1EAAD2CE9D</vt:lpwstr>
   </property>