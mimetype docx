--- v0 (2025-11-02)
+++ v1 (2025-12-24)
@@ -11,3389 +11,3008 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="711908D7" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
-[...31 lines deleted...]
-    <w:p w14:paraId="70B5C4D2" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    <w:p w14:paraId="1CEA5FA4" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class.  Specifications are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> intended to reflect all duties performed within the job.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="084CB2B7" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
-[...31 lines deleted...]
-    <w:p w14:paraId="5E3D1678" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    <w:p w14:paraId="6663CD6C" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DCCA6F1" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEFINITION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6893DEAC" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
-[...15 lines deleted...]
-    <w:p w14:paraId="0BD25311" w14:textId="77777777" w:rsidR="005F6E14" w:rsidRDefault="005F6E14">
+    <w:p w14:paraId="4F2D24F2" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11EF3700" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Direct, manage, s</w:t>
       </w:r>
       <w:r w:rsidRPr="005F6E14">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">upervise, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">and coordinate </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> activities and operations</w:t>
+        <w:t>and coordinate plant maintenance and/or electrical activities and operations</w:t>
       </w:r>
       <w:r w:rsidRPr="005F6E14">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the wastewater </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>division</w:t>
       </w:r>
       <w:r w:rsidRPr="005F6E14">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">ensure work quality and adherence to established policies and procedures; </w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="2D885C75" w14:textId="77777777" w:rsidR="00414828" w:rsidRDefault="00414828">
+        <w:t xml:space="preserve">ensure work quality and adherence to established policies and procedures; lead and coordinate significant maintenance activities and capital projects; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C03AB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>participate in the development and implementation of asset management procedures and maintenance practices for equipment and infrastructure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211DC1BC" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9E0EC2" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>JOB CLASSIFICATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634FB5B1" w14:textId="77777777" w:rsidR="00414828" w:rsidRDefault="00414828">
+    <w:p w14:paraId="03A8EA91" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03FA2231" w14:textId="77777777" w:rsidR="00414828" w:rsidRPr="00414828" w:rsidRDefault="00414828">
+    <w:p w14:paraId="023B7819" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00414828" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00414828">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Exempt, Safety Sensitive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFE71F1" w14:textId="77777777" w:rsidR="00414828" w:rsidRDefault="00414828">
+    <w:p w14:paraId="3E7B0C22" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1565F09D" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    <w:p w14:paraId="118D3EE9" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SUPERVISION RECEIVED AND EXERCISED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CC6425" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
-[...15 lines deleted...]
-    <w:p w14:paraId="762AA040" w14:textId="77777777" w:rsidR="004A1868" w:rsidRPr="004A1868" w:rsidRDefault="004A1868" w:rsidP="004A1868">
+    <w:p w14:paraId="72B330DB" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6634F2" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="004A1868" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1868">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Receives general </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004A1868">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>direction</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004A1868">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> fro</w:t>
       </w:r>
-      <w:r w:rsidR="0050622A">
-[...9 lines deleted...]
-        <w:t>Wastewater Services Manager</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>m the Wastewater Services Manager</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1868">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C52BC06" w14:textId="77777777" w:rsidR="004A1868" w:rsidRPr="004A1868" w:rsidRDefault="004A1868" w:rsidP="004A1868">
+    <w:p w14:paraId="6F0A1DA0" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="004A1868" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D041E00" w14:textId="77777777" w:rsidR="004A1868" w:rsidRPr="004A1868" w:rsidRDefault="004A1868" w:rsidP="004A1868">
+    <w:p w14:paraId="721F6AAC" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="004A1868" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1868">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Exercises direct supervision over assigned </w:t>
       </w:r>
-      <w:r w:rsidR="005F0B68">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">areas and </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1868">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>staff.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FFCE73" w14:textId="77777777" w:rsidR="004A1868" w:rsidRPr="004A1868" w:rsidRDefault="004A1868">
-[...31 lines deleted...]
-    <w:p w14:paraId="5C55501A" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    <w:p w14:paraId="3A4C49E3" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="004A1868" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BBB579E" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D1D0D2E" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PRIMARY DUTIES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>--</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>The following are examples of primary duties assigned to positions in this classification.  Other related duties and responsibilities may be assigned.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FEEDE1F" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0" w:rsidP="00C84127">
+    <w:p w14:paraId="5E8F942C" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19CC1B96" w14:textId="77777777" w:rsidR="00BC3DB7" w:rsidRDefault="00C73B6D" w:rsidP="00BC3DB7">
+    <w:p w14:paraId="45343C91" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0084783A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Plan</w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="464B188B" w14:textId="77777777" w:rsidR="00BC3DB7" w:rsidRDefault="00BC3DB7" w:rsidP="00BC3DB7">
+        <w:t>Plan, prioritize, assign, supervise, and review the work of assigned staff; participate in the selection of assigned staff; provide or coordinate staff training; work with employees to correct deficiencies; implement discipline procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000465B0" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49F9582C" w14:textId="77777777" w:rsidR="00255D2E" w:rsidRDefault="00647AAC" w:rsidP="00255D2E">
+    <w:p w14:paraId="43BDD0B4" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Participate in the development and implementation of goals, objectives, and service standards for the maintenance team; monitor</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00255D2E" w:rsidRPr="00D90382">
+        <w:t>Participate in the development and implementation of goals, objectives, and service standards for the assigned maintenance team; monitor and report key performance indicators of workgroup performance; e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90382">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>nsure safety programs, policies, and procedures are understood and followed by</w:t>
       </w:r>
-      <w:r w:rsidR="00255D2E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> staff</w:t>
       </w:r>
-      <w:r w:rsidR="00255D2E" w:rsidRPr="00D90382">
+      <w:r w:rsidRPr="00D90382">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB87B5A" w14:textId="77777777" w:rsidR="00647AAC" w:rsidRPr="00255D2E" w:rsidRDefault="00647AAC" w:rsidP="00255D2E">
+    <w:p w14:paraId="63FC52F8" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00255D2E" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29613710" w14:textId="77777777" w:rsidR="00816DD8" w:rsidRDefault="00911846" w:rsidP="00911846">
+    <w:p w14:paraId="6207EA07" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911846">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Participate in project meetings, </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">on behalf of the </w:t>
+        <w:t xml:space="preserve">Participate in project meetings, workshops, and conduct design submittal and plan reviews on behalf of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assigned </w:t>
       </w:r>
       <w:r w:rsidRPr="00487AE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>maintenance team for</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">maintenance </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">team </w:t>
       </w:r>
       <w:r w:rsidRPr="00487AE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">capital projects involving the treatment plant and collection system lift stations.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="118A34F6" w14:textId="77777777" w:rsidR="00816DD8" w:rsidRDefault="00816DD8" w:rsidP="00816DD8">
+        <w:t xml:space="preserve">for capital projects involving the treatment plant and collection system lift stations.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64AA0AFF" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E1E742A" w14:textId="77777777" w:rsidR="00487AE6" w:rsidRDefault="00927560" w:rsidP="005D01FF">
+    <w:p w14:paraId="6A74CD86" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D01FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Plan, coordinate and orchestrate maintenance resources to complete the technical activities associate</w:t>
-[...5 lines deleted...]
-        <w:t>d</w:t>
+        <w:t>Plan, coordinate and orchestrate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintenance </w:t>
       </w:r>
       <w:r w:rsidRPr="005D01FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">resources to complete the technical activities associated with daily </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>activities</w:t>
       </w:r>
       <w:r w:rsidRPr="005D01FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>capital construction</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> and capital construction </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="005D01FF" w:rsidRPr="005D01FF">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="005D01FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>projects;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005D01FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> r</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="005D01FF">
+        <w:t xml:space="preserve"> review machinery, system, and equipment capability for process design and capital projects</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715B754D" w14:textId="77777777" w:rsidR="005D01FF" w:rsidRDefault="005D01FF" w:rsidP="005D01FF">
+    <w:p w14:paraId="1DFD754F" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CB00986" w14:textId="77777777" w:rsidR="00927560" w:rsidRPr="00487AE6" w:rsidRDefault="005D01FF" w:rsidP="00927560">
+    <w:p w14:paraId="1F8A1332" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00487AE6" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00487AE6" w:rsidRPr="00927560">
-[...17 lines deleted...]
-      <w:r w:rsidR="00816DD8" w:rsidRPr="00927560">
+      <w:r w:rsidRPr="00927560">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ead and coordinate significant maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or electrical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927560">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities and capital projects; design, develop, and execute operating plans</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="00FC63AD" w:rsidRPr="00927560">
-[...10 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="005D01FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">coordinate and oversee </w:t>
       </w:r>
-      <w:r w:rsidR="00F3653B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="005D01FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">work </w:t>
       </w:r>
-      <w:r w:rsidR="00F3653B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidRPr="005D01FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>outside contractors for specialized repairs, modifications, and workload management.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686A51F0" w14:textId="77777777" w:rsidR="00927560" w:rsidRPr="00927560" w:rsidRDefault="00927560" w:rsidP="00927560">
+    <w:p w14:paraId="0F0F212F" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00927560" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51D6527B" w14:textId="77777777" w:rsidR="000F51E3" w:rsidRDefault="00FC63AD" w:rsidP="000F51E3">
+    <w:p w14:paraId="5278CE82" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Assist in the annual budget preparation for the maintenance team; calculate </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008A7E93" w:rsidRPr="00D90382">
+        <w:t xml:space="preserve">Assist in the annual budget preparation for the assigned maintenance team; calculate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90382">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>cost estimates for projects</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, prepare budget requests, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">rovide input on maintenance </w:t>
+        <w:t>, prepare budget requests, and p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D90382">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>priorities</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="262720E9" w14:textId="77777777" w:rsidR="00795C74" w:rsidRDefault="00795C74" w:rsidP="00795C74">
+        <w:t>rovide input on maintenance priorities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; monitor the maintenance and/or EI&amp;C budget; initiate and provide documentation for purchase requisitions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F97212C" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46265785" w14:textId="77777777" w:rsidR="00390890" w:rsidRPr="00487AE6" w:rsidRDefault="00BC3DB7" w:rsidP="00487AE6">
+    <w:p w14:paraId="63E08DEB" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00487AE6" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Participate in the </w:t>
-[...55 lines deleted...]
-      <w:r w:rsidR="00487AE6" w:rsidRPr="00F50919">
+        <w:t>Participate in the development and implementation of asset management standardized procedures; d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">evelop, administer, and monitor the components </w:t>
       </w:r>
-      <w:r w:rsidR="00487AE6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">and performance </w:t>
       </w:r>
-      <w:r w:rsidR="00487AE6" w:rsidRPr="00F50919">
+      <w:r w:rsidRPr="00F50919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">of the computerized maintenance management software for the asset management </w:t>
       </w:r>
-      <w:r w:rsidR="00487AE6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">and maintenance </w:t>
       </w:r>
-      <w:r w:rsidR="00487AE6" w:rsidRPr="00F50919">
+      <w:r w:rsidRPr="00F50919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">functions </w:t>
       </w:r>
-      <w:r w:rsidR="00487AE6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00487AE6" w:rsidRPr="00F50919">
+      <w:r w:rsidRPr="00F50919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="00F3653B">
-[...12 lines deleted...]
-    <w:p w14:paraId="47F87118" w14:textId="77777777" w:rsidR="00B03761" w:rsidRDefault="00B03761" w:rsidP="00B03761">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>division.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B150CE" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21176F27" w14:textId="77777777" w:rsidR="00287AC1" w:rsidRDefault="00287AC1" w:rsidP="009B6405">
+    <w:p w14:paraId="0575BFEA" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C73B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Attend and participate in professional group meetings; stay abreast of new trends and innovations in the field of </w:t>
       </w:r>
-      <w:r w:rsidR="00F50919">
-[...12 lines deleted...]
-    <w:p w14:paraId="1B0FDEF2" w14:textId="77777777" w:rsidR="00287AC1" w:rsidRDefault="00287AC1" w:rsidP="00487AE6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wastewater maintenance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="115015A7" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AE8B118" w14:textId="77777777" w:rsidR="00DB0DC9" w:rsidRDefault="00970EA1" w:rsidP="009B6405">
+    <w:p w14:paraId="485B7080" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Perform other duties of a similar nature or level.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDED4FC" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="00DB0DC9" w:rsidP="00DB0DC9">
+    <w:p w14:paraId="76F7A741" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidR="005936F0">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15D850C4" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>QUALIFICATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9DBDA3" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    <w:p w14:paraId="269F3543" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5480D3E1" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    <w:p w14:paraId="44CB1ECF" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Knowledge of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4D4B62" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
-[...15 lines deleted...]
-    <w:p w14:paraId="4951D6FA" w14:textId="77777777" w:rsidR="006D0AF8" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
+    <w:p w14:paraId="3F69D260" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B88B49" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Principles of supervision and training</w:t>
       </w:r>
-      <w:r w:rsidR="00F3653B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B10FB5" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRDefault="006D0AF8" w:rsidP="00970EA1">
+    <w:p w14:paraId="17C44444" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Principles of asset management</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F3653B">
+        <w:t>Principles of asset management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7BA8E3" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operations, services, and activities of a maintenance program. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260AF18C" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Principles, methods, materials, and tools employed in the repair and maintenance of pumps, motors, valves, and related equipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE13C9D" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00D90382" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D90382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Wastewater treatment plant operations</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB47942" w14:textId="77777777" w:rsidR="00F20214" w:rsidRDefault="00F20214" w:rsidP="00970EA1">
+    <w:p w14:paraId="37DF01B7" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00D90382" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F20214">
-[...6 lines deleted...]
-    <w:p w14:paraId="189C9F0A" w14:textId="77777777" w:rsidR="00F20214" w:rsidRDefault="00F20214" w:rsidP="00970EA1">
+      <w:r w:rsidRPr="00D90382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Supervisory Control and Data Acquisition (SCADA) applications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0151A98B" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F20214">
-[...6 lines deleted...]
-    <w:p w14:paraId="4B8DEFBD" w14:textId="77777777" w:rsidR="00D90382" w:rsidRPr="00D90382" w:rsidRDefault="00D90382" w:rsidP="00D90382">
+      <w:r w:rsidRPr="00D90382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Industrial machinery, equipment, and processes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E1E7BA" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00D90382" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3DB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">echanics, pipefitting, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hydraulics, pneumatic, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3DB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>electricity, electronics and millwright, and the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3DB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>tools/instruments used in such maintenance and repair work</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5983A72E" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00D90382" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D90382">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Wastewater treatment plant operations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F3653B">
+        <w:t>Relationships and dynamics of treatment process flow and physical characteristics</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F330CD7" w14:textId="77777777" w:rsidR="00D90382" w:rsidRPr="00D90382" w:rsidRDefault="00D90382" w:rsidP="00D90382">
+    <w:p w14:paraId="2AB18889" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D90382">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Supervisory Control and Data Acquisition (SCADA) applications</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F3653B">
+        <w:t>Distribution and collection systems</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04804C28" w14:textId="77777777" w:rsidR="00D90382" w:rsidRDefault="00D90382" w:rsidP="00D90382">
+    <w:p w14:paraId="77CFB274" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00D90382" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007B58F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Occupational hazards and standard safety practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FDFF4D" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00D90382" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D90382">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Industrial machinery, equipment, and processes</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F3653B">
+        <w:t>Regulatory application and operating requirements</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F648E9" w14:textId="77777777" w:rsidR="00BC3DB7" w:rsidRPr="00D90382" w:rsidRDefault="00BC3DB7" w:rsidP="00BC3DB7">
-[...140 lines deleted...]
-    <w:p w14:paraId="16DDDF39" w14:textId="77777777" w:rsidR="000258C3" w:rsidRDefault="000258C3" w:rsidP="000258C3">
+    <w:p w14:paraId="2C383438" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:r>
         <w:t>Modern office technology and equipment, including c</w:t>
       </w:r>
       <w:r w:rsidRPr="00146503">
         <w:t>omputers and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> related software applications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C93C16" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="00155C47">
-[...67 lines deleted...]
-    <w:p w14:paraId="63554D36" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    <w:p w14:paraId="03381CF1" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Applicable Federal, State, and local codes, laws, and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABAFFCD" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F4226F" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ability to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7FEBBB" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
-[...15 lines deleted...]
-    <w:p w14:paraId="788339F9" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
+    <w:p w14:paraId="3AD9C754" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FC0B489" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Oversee, </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>Oversee, direct, and coordinate the work of assigned staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDACF80" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00F20214" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Perform the full range of repair, maintenance, servicing, and cleaning tasks involving pumps, motors, and valves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B573246" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operate a variety of maintenance and repair equipment in a safe and effective manner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3079EC" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00F20214" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Read and understand technical manuals, blueprints, shop drawings and sketches.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC2526A" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00F20214" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Perform preventative maintenance on plant equipment and systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E073C3" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00970EA1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Perform assigned work in accordance with appropriate safety practices and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C5F614" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D35944">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interpret and explain City policies and procedures related to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>various assigned functions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35944">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707E2904" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and coordinate the work of assigned staff.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5D540BE0" w14:textId="77777777" w:rsidR="00F20214" w:rsidRPr="00F20214" w:rsidRDefault="00F20214" w:rsidP="00F20214">
+        <w:t>Research</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">repare and analyze </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>maintenance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and asset management </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>reports.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F870CB" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00970EA1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F20214">
-[...6 lines deleted...]
-    <w:p w14:paraId="7C588B7B" w14:textId="77777777" w:rsidR="00F20214" w:rsidRDefault="00F20214" w:rsidP="00F20214">
+      <w:r w:rsidRPr="00BC3DB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Work to continuously improve the efficiency and effectiveness of the service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3DB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>of the division.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000BFCC8" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00FD723D" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F20214">
-[...6 lines deleted...]
-    <w:p w14:paraId="6BEBD83B" w14:textId="77777777" w:rsidR="00F20214" w:rsidRPr="00F20214" w:rsidRDefault="00F20214" w:rsidP="00F20214">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Assist in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD723D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> budget preparation and monitoring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66ED40BF" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00970EA1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F20214">
-[...70 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Research</w:t>
-[...5 lines deleted...]
-        <w:t>, p</w:t>
+        <w:t xml:space="preserve">Analyze complex </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>maintenance performance</w:t>
       </w:r>
       <w:r w:rsidRPr="00970EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">repare and analyze </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> issues and recommend solutions to existing problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D9D327" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operate and use modern office equipment including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>computer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and various software applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8658A2" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Communicate clearly and concisely, both orally and in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0603140D" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F24D7FE" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="00970EA1">
-        <w:rPr>
-[...128 lines deleted...]
-    <w:p w14:paraId="1F62969E" w14:textId="77777777" w:rsidR="000258C3" w:rsidRDefault="000258C3" w:rsidP="000258C3">
+        <w:t>Interpret and apply Federal, State, and local policies, laws, and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037EF7A1" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="0093139B" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:r w:rsidRPr="0093139B">
+        <w:t>Speak, read, comprehend, and write the English language fluently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38EE927D" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33768553" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64E598AB" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Experience and Training Guidelines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571EB7F4" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Minimum Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5083F1B1" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70DBFC46" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="2438E7A5" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4269F5A0" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="361B59EB" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    </w:p>
+    <w:p w14:paraId="7600E00D" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Establish and maintain effective working relationships with those contacted in the course of work.</w:t>
-[...134 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...32 lines deleted...]
-    <w:p w14:paraId="214F7B9F" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="008F1D90" w:rsidP="007B58F9">
+        <w:t>When assigned to Plant Maintenance:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA04644" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11B455C7" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1D90">
         <w:t> Four (4) years of plant maintenance and repair experience</w:t>
       </w:r>
-      <w:r w:rsidR="007B58F9">
+      <w:r>
         <w:t xml:space="preserve"> in a commercial or industrial setting </w:t>
       </w:r>
-      <w:r w:rsidR="007B58F9" w:rsidRPr="007B58F9">
+      <w:r w:rsidRPr="007B58F9">
         <w:t>including one (1) year of administrative or lead supervisory responsibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01464C45" w14:textId="77777777" w:rsidR="007B58F9" w:rsidRDefault="005936F0" w:rsidP="007B58F9">
+    <w:p w14:paraId="4E4B7A2D" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="409AE3BE" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>When assigned to Electrical Maintenance &amp; Instrumentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111FD03C" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C8449F8" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Four (4) years of progressive experience in electrical and instrumentation maintenance of industrial electrical or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>electronic and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> control systems including one (1) year of administrative of lead supervisory responsibility. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A165D19" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="56FE7627" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="007B58F9" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="523" w:hanging="523"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00927CD6">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Training</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7960C79F" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
-[...15 lines deleted...]
-    <w:p w14:paraId="10D719E8" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00970EA1" w:rsidRDefault="00E75C64" w:rsidP="00970EA1">
+    <w:p w14:paraId="7B07897C" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B3259A6" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00970EA1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E75C64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>High School Diploma or G.E.D. supplemented by specialized training in the areas of mechanical equipment maintenance and repair</w:t>
       </w:r>
-      <w:r w:rsidR="007B58F9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> or related field.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27099D3E" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
+    <w:p w14:paraId="05A61C09" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="523" w:hanging="523"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36E223B3" w14:textId="77777777" w:rsidR="009D1F4A" w:rsidRDefault="009D1F4A" w:rsidP="009D1F4A">
+    <w:p w14:paraId="508E39F2" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Other combinations of experience and education that meet the minimum requirements may be substituted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C804B24" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0">
-[...15 lines deleted...]
-    <w:p w14:paraId="00CF7801" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00C91733" w:rsidRDefault="00DB0DC9">
+    <w:p w14:paraId="7B51C6FC" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B4BBC18" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00C91733" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="005936F0">
+        <w:t>License or Certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737B92A6" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66B5D167" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Possession of, or ability to obtain, a valid Colorado driver’s license.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682F5A38" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="0093139B" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:r w:rsidRPr="0093139B">
+        <w:t>Possession of, or ability to obtain, the City of Grand Junction Leadership Track certification within two (2) years of appointment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA51592" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...81 lines deleted...]
-    <w:p w14:paraId="3CBE94AC" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRDefault="00970EA1">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07396C37" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="765A6E8C" w14:textId="77777777" w:rsidR="00D06CEF" w:rsidRDefault="00D06CEF">
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="40F93C4B" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="064FF423" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+        <w:t>WORKING CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348AD992" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC98517" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>WORKING CONDITIONS</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>Environmental Conditions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617A4939" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
-[...15 lines deleted...]
-    <w:p w14:paraId="2B580AE4" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
+    <w:p w14:paraId="47038F08" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E931147" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The job is performed in the following working environment: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA697FB" w14:textId="77777777" w:rsidR="0017127E" w:rsidRDefault="0017127E" w:rsidP="0017127E">
-[...93 lines deleted...]
-    <w:p w14:paraId="0CBBFCA3" w14:textId="77777777" w:rsidR="008F1D90" w:rsidRPr="008F1D90" w:rsidRDefault="008F1D90" w:rsidP="008F1D90">
+    <w:p w14:paraId="1B0AB5CD" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04ED2742" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="0064378C" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Office environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:t>; exposure to computer screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1907C1C8" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00B15FF7" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15FF7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Field environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A1CEFA" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F8E24F0" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="008F1D90" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>condition(s)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be present on a continuing basis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D7A619" w14:textId="77777777" w:rsidR="008F1D90" w:rsidRPr="008F1D90" w:rsidRDefault="008F1D90" w:rsidP="008F1D90">
+    <w:p w14:paraId="7B2BD60A" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="008F1D90" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Hazardous physical conditions (mechanical parts, electrical currents, vibration, etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="460BDF5A" w14:textId="77777777" w:rsidR="008F1D90" w:rsidRPr="008F1D90" w:rsidRDefault="008F1D90" w:rsidP="008F1D90">
+    <w:p w14:paraId="5BBF2914" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="008F1D90" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Atmospheric Conditions (fumes, odors, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>dusts</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>, gases, poor ventilation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50846A78" w14:textId="77777777" w:rsidR="008F1D90" w:rsidRPr="008F1D90" w:rsidRDefault="008F1D90" w:rsidP="008F1D90">
+    <w:p w14:paraId="4F97D063" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="008F1D90" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hazardous materials (chemicals, </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>Hazardous materials (chemicals, blood, and other body fluids, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2243EE" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="008F1D90" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other body fluids, etc.)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="02F55138" w14:textId="77777777" w:rsidR="008F1D90" w:rsidRPr="008F1D90" w:rsidRDefault="008F1D90" w:rsidP="008F1D90">
+        <w:t>Workspace restricts movement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5394AC65" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Workspace restricts movement</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>Intense noise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFFD11A" w14:textId="77777777" w:rsidR="007B58F9" w:rsidRPr="008F1D90" w:rsidRDefault="007B58F9" w:rsidP="008F1D90">
+    <w:p w14:paraId="09A67B9B" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="008F1D90" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Local travel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4405BEF1" w14:textId="77777777" w:rsidR="008F1D90" w:rsidRDefault="008F1D90" w:rsidP="0017127E">
-[...31 lines deleted...]
-    <w:p w14:paraId="286EB5F8" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
+    <w:p w14:paraId="52E0A5C6" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F448D2D" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Physical Conditions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A47A384" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
-[...15 lines deleted...]
-    <w:p w14:paraId="6958D02C" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
+    <w:p w14:paraId="53E8AE92" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="207DEBDC" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>The job is characterized by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F37244B" w14:textId="77777777" w:rsidR="008F1D90" w:rsidRDefault="008F1D90" w:rsidP="00970EA1">
-[...12 lines deleted...]
-    <w:p w14:paraId="517811D5" w14:textId="77777777" w:rsidR="008F1D90" w:rsidRDefault="008F1D90" w:rsidP="00970EA1">
+    <w:p w14:paraId="19CE2214" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13FE13DD" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Medium Work</w:t>
       </w:r>
       <w:r w:rsidRPr="008F1D90">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>: Exerting up to 50 pounds of force occasionally, and/or up to 20 pounds of force frequently, and/or up to 10 pounds of force constantly to move objects.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06510840" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRPr="00917F76" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
-[...15 lines deleted...]
-    <w:p w14:paraId="6DB639FE" w14:textId="77777777" w:rsidR="00970EA1" w:rsidRDefault="00970EA1" w:rsidP="00970EA1">
+    <w:p w14:paraId="154CBA6A" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00917F76" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B981FAB" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
-      <w:r w:rsidR="00E347BA">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">physical </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>activities are very or extremely important in accompl</w:t>
       </w:r>
-      <w:r w:rsidR="00E347BA">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">ishing the job’s purpose and are </w:t>
       </w:r>
       <w:r w:rsidRPr="00917F76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">performed </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="02DBAEB4" w14:textId="77777777" w:rsidR="00917B2F" w:rsidRDefault="00917B2F" w:rsidP="00970EA1">
+        <w:t>performed daily:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5603AE93" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="523"/>
           <w:tab w:val="left" w:pos="1046"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4934" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E75C64" w:rsidRPr="00917F76" w14:paraId="1998CCC7" w14:textId="77777777" w:rsidTr="00D76AD8">
+      <w:tr w:rsidR="00D06FE1" w:rsidRPr="00917F76" w14:paraId="36001D04" w14:textId="77777777" w:rsidTr="00463AD8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="40C9D262" w14:textId="77777777" w:rsidR="00E75C64" w:rsidRPr="00917F76" w:rsidRDefault="008F1D90" w:rsidP="00D76AD8">
+          <w:p w14:paraId="664D13DE" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="00917F76" w:rsidRDefault="00D06FE1" w:rsidP="00463AD8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="008F1D90">
               <w:t xml:space="preserve">While performing the duties of this job, the employee is required to see, hear, sit, stand, walk, kneel, squat, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F1D90">
               <w:t>stoop</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008F1D90">
-              <w:t xml:space="preserve">, repeatedly twist the upper body, and push or drag objects. The employee is regularly required to perform heavy lifting. The employee is regularly exposed to chemicals and materials that result in additional exposure to fumes, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> may require work in confined spaces. The nature of the work also requires the incumbent to climb ladders and use power and noise producing tools and equipment.  The employee regularly works in outside weather conditions, near moving mechanical parts. The employee is frequently exposed to wet or humid conditions and vibration. The employee is occasionally exposed to fumes or airborne particles, toxic or caustic chemicals, and risk of electrical shock. The noise level in the work environment is frequently loud.</w:t>
+              <w:t>, repeatedly twist the upper body, and push or drag objects. The employee is regularly required to perform heavy lifting. The employee is regularly exposed to chemicals and materials that result in additional exposure to fumes, dust, and air contaminants. Job may require work in confined spaces. The nature of the work also requires the incumbent to climb ladders and use power and noise producing tools and equipment.  The employee regularly works in outside weather conditions, near moving mechanical parts. The employee is frequently exposed to wet or humid conditions and vibration. The employee is occasionally exposed to fumes or airborne particles, toxic or caustic chemicals, and risk of electrical shock. The noise level in the work environment is frequently loud.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15F4AA3D" w14:textId="77777777" w:rsidR="00E75C64" w:rsidRDefault="00E75C64" w:rsidP="00970EA1">
-[...15 lines deleted...]
-    <w:sectPr w:rsidR="00E75C64" w:rsidSect="00D0510C">
+    <w:p w14:paraId="3D65F579" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B8706B1" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="0097113E" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1"/>
+    <w:p w14:paraId="56185EB6" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="0097113E" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1"/>
+    <w:p w14:paraId="7FF63E9C" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="0097113E" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1"/>
+    <w:p w14:paraId="24CCE65A" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="0097113E" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1"/>
+    <w:p w14:paraId="63ADD1F3" w14:textId="77777777" w:rsidR="00D06FE1" w:rsidRPr="0097113E" w:rsidRDefault="00D06FE1" w:rsidP="00D06FE1"/>
+    <w:p w14:paraId="15F4AA3D" w14:textId="77777777" w:rsidR="00E75C64" w:rsidRDefault="00E75C64" w:rsidP="00D06FE1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="523"/>
+          <w:tab w:val="left" w:pos="1046"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E75C64" w:rsidSect="00A25BCC">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FA8B603" w14:textId="77777777" w:rsidR="00D0510C" w:rsidRDefault="00D0510C">
+    <w:p w14:paraId="00022B60" w14:textId="77777777" w:rsidR="00774095" w:rsidRDefault="00774095">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D279283" w14:textId="77777777" w:rsidR="00D0510C" w:rsidRDefault="00D0510C">
+    <w:p w14:paraId="2A5D2739" w14:textId="77777777" w:rsidR="00774095" w:rsidRDefault="00774095">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3419,60 +3038,90 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0E71635E" w14:textId="047B7188" w:rsidR="00BE6C23" w:rsidRDefault="00414828" w:rsidP="00414828">
+  <w:p w14:paraId="29F77068" w14:textId="1BE4F820" w:rsidR="00D06FE1" w:rsidRDefault="00D06FE1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                 12/1/2025</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0E71635E" w14:textId="4FF2A02B" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23" w:rsidP="00414828">
     <w:pPr>
       <w:ind w:left="7920"/>
     </w:pPr>
-    <w:r>
-[...4 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26BB8873" w14:textId="77777777" w:rsidR="005936F0" w:rsidRDefault="005936F0"/>
   <w:p w14:paraId="036E63EC" w14:textId="77777777" w:rsidR="00BE6C23" w:rsidRDefault="00BE6C23">
     <w:r>
       <w:t>DRAFT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
@@ -3564,58 +3213,58 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>06/22/09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6665BF31" w14:textId="77777777" w:rsidR="00D0510C" w:rsidRDefault="00D0510C">
+    <w:p w14:paraId="58CDC67C" w14:textId="77777777" w:rsidR="00774095" w:rsidRDefault="00774095">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A41B439" w14:textId="77777777" w:rsidR="00D0510C" w:rsidRDefault="00D0510C">
+    <w:p w14:paraId="00D9E90D" w14:textId="77777777" w:rsidR="00774095" w:rsidRDefault="00774095">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="245798A2" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="005936F0" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
@@ -3656,88 +3305,78 @@
   </w:p>
   <w:p w14:paraId="4F874BBA" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="00143DD6" w:rsidP="00143DD6">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="2392"/>
       </w:tabs>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="14710659" w14:textId="77777777" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="00F25412" w:rsidP="00BE6C23">
+  <w:p w14:paraId="14710659" w14:textId="725CA589" w:rsidR="005936F0" w:rsidRPr="00AB1A45" w:rsidRDefault="00F25412" w:rsidP="00BE6C23">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="523"/>
         <w:tab w:val="left" w:pos="1046"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Wastewater </w:t>
-    </w:r>
-[...8 lines deleted...]
-      <w:t xml:space="preserve">Plant </w:t>
     </w:r>
     <w:r w:rsidR="000D5D3F">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>M</w:t>
     </w:r>
     <w:r w:rsidR="002534B3">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>aintenance</w:t>
     </w:r>
     <w:r w:rsidR="0059049D" w:rsidRPr="00AB1A45">
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
@@ -4785,50 +4424,51 @@
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00827DAE"/>
     <w:rsid w:val="00000630"/>
     <w:rsid w:val="000258C3"/>
     <w:rsid w:val="00044EA5"/>
     <w:rsid w:val="000635CB"/>
     <w:rsid w:val="000646BA"/>
     <w:rsid w:val="00077BAA"/>
+    <w:rsid w:val="000A2DA5"/>
     <w:rsid w:val="000D5D3F"/>
     <w:rsid w:val="000E222A"/>
     <w:rsid w:val="000F3991"/>
     <w:rsid w:val="000F51E3"/>
     <w:rsid w:val="000F5BEF"/>
     <w:rsid w:val="00140FB4"/>
     <w:rsid w:val="00143DD6"/>
     <w:rsid w:val="00151205"/>
     <w:rsid w:val="00151255"/>
     <w:rsid w:val="00155C47"/>
     <w:rsid w:val="00162329"/>
     <w:rsid w:val="0017127E"/>
     <w:rsid w:val="00184784"/>
     <w:rsid w:val="00226429"/>
     <w:rsid w:val="00227BE4"/>
     <w:rsid w:val="002534B3"/>
     <w:rsid w:val="00255D2E"/>
     <w:rsid w:val="00262469"/>
     <w:rsid w:val="00276405"/>
     <w:rsid w:val="002866E2"/>
     <w:rsid w:val="00287AC1"/>
     <w:rsid w:val="002B7E17"/>
     <w:rsid w:val="002D73D2"/>
     <w:rsid w:val="003208CC"/>
     <w:rsid w:val="003269C6"/>
@@ -4845,160 +4485,165 @@
     <w:rsid w:val="00423645"/>
     <w:rsid w:val="00423ECD"/>
     <w:rsid w:val="00452EBD"/>
     <w:rsid w:val="00461539"/>
     <w:rsid w:val="00464E70"/>
     <w:rsid w:val="00487AE6"/>
     <w:rsid w:val="004A1868"/>
     <w:rsid w:val="0050622A"/>
     <w:rsid w:val="005250D5"/>
     <w:rsid w:val="00561D5C"/>
     <w:rsid w:val="0059049D"/>
     <w:rsid w:val="005936F0"/>
     <w:rsid w:val="005D01FF"/>
     <w:rsid w:val="005D2021"/>
     <w:rsid w:val="005F0B68"/>
     <w:rsid w:val="005F6E14"/>
     <w:rsid w:val="00647AAC"/>
     <w:rsid w:val="0065155E"/>
     <w:rsid w:val="00655EC2"/>
     <w:rsid w:val="0065619A"/>
     <w:rsid w:val="006D0AF8"/>
     <w:rsid w:val="006D2B1C"/>
     <w:rsid w:val="00704117"/>
     <w:rsid w:val="007175D5"/>
     <w:rsid w:val="007245B8"/>
+    <w:rsid w:val="00774095"/>
     <w:rsid w:val="00795C74"/>
     <w:rsid w:val="007B58F9"/>
     <w:rsid w:val="007C36C4"/>
     <w:rsid w:val="00816DD8"/>
     <w:rsid w:val="00827DAE"/>
     <w:rsid w:val="0084783A"/>
     <w:rsid w:val="008A3892"/>
     <w:rsid w:val="008A5ECF"/>
     <w:rsid w:val="008A7E93"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008F1D90"/>
     <w:rsid w:val="008F6AB5"/>
     <w:rsid w:val="00904B93"/>
     <w:rsid w:val="009106CD"/>
     <w:rsid w:val="00911846"/>
     <w:rsid w:val="00912256"/>
     <w:rsid w:val="00917B2F"/>
     <w:rsid w:val="00927560"/>
     <w:rsid w:val="00927CD6"/>
     <w:rsid w:val="00934337"/>
     <w:rsid w:val="00940257"/>
     <w:rsid w:val="009611E4"/>
     <w:rsid w:val="009677B2"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="009A35E4"/>
     <w:rsid w:val="009A3935"/>
     <w:rsid w:val="009B438F"/>
     <w:rsid w:val="009B5775"/>
     <w:rsid w:val="009B6405"/>
     <w:rsid w:val="009D1F4A"/>
     <w:rsid w:val="00A02824"/>
     <w:rsid w:val="00A14940"/>
+    <w:rsid w:val="00A25BCC"/>
     <w:rsid w:val="00A83387"/>
     <w:rsid w:val="00AA1223"/>
     <w:rsid w:val="00AB1A45"/>
     <w:rsid w:val="00AC5FAC"/>
     <w:rsid w:val="00B03761"/>
+    <w:rsid w:val="00B4189E"/>
     <w:rsid w:val="00B71581"/>
     <w:rsid w:val="00B82B47"/>
     <w:rsid w:val="00B93D10"/>
     <w:rsid w:val="00B9411A"/>
     <w:rsid w:val="00BB5233"/>
     <w:rsid w:val="00BC3DB7"/>
     <w:rsid w:val="00BE28FF"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00C029D6"/>
     <w:rsid w:val="00C26D72"/>
     <w:rsid w:val="00C32DDE"/>
     <w:rsid w:val="00C551B4"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C73B6D"/>
     <w:rsid w:val="00C75B6D"/>
     <w:rsid w:val="00C84127"/>
     <w:rsid w:val="00C91733"/>
     <w:rsid w:val="00CC7B1E"/>
     <w:rsid w:val="00D039B2"/>
     <w:rsid w:val="00D0510C"/>
     <w:rsid w:val="00D06CEF"/>
+    <w:rsid w:val="00D06FE1"/>
     <w:rsid w:val="00D23E11"/>
     <w:rsid w:val="00D35944"/>
     <w:rsid w:val="00D529DC"/>
+    <w:rsid w:val="00D671A0"/>
     <w:rsid w:val="00D76AD8"/>
     <w:rsid w:val="00D844E0"/>
     <w:rsid w:val="00D84BC7"/>
     <w:rsid w:val="00D90382"/>
     <w:rsid w:val="00DA62A3"/>
     <w:rsid w:val="00DB0DC9"/>
     <w:rsid w:val="00DB2DDA"/>
     <w:rsid w:val="00DB34C2"/>
     <w:rsid w:val="00DD2BF0"/>
     <w:rsid w:val="00E034F7"/>
     <w:rsid w:val="00E06AA0"/>
     <w:rsid w:val="00E347BA"/>
     <w:rsid w:val="00E659B6"/>
     <w:rsid w:val="00E75C64"/>
     <w:rsid w:val="00EA5326"/>
     <w:rsid w:val="00EB59D4"/>
     <w:rsid w:val="00EB5EEE"/>
     <w:rsid w:val="00EB763A"/>
     <w:rsid w:val="00F20214"/>
     <w:rsid w:val="00F2152A"/>
     <w:rsid w:val="00F25412"/>
     <w:rsid w:val="00F35CBB"/>
     <w:rsid w:val="00F3653B"/>
     <w:rsid w:val="00F42AE9"/>
     <w:rsid w:val="00F50919"/>
     <w:rsid w:val="00FC63AD"/>
     <w:rsid w:val="00FD62E9"/>
     <w:rsid w:val="00FD723D"/>
     <w:rsid w:val="00FE7DAC"/>
     <w:rsid w:val="00FF6806"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5352DF20"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5FE92244-1EC0-416E-979E-42CC6CE3C79F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -5962,78 +5607,78 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38D4B507-AEC2-4C5A-B094-16DE0901D760}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D07BB72-B847-48A5-AA7B-26796723E2C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1132</Words>
-  <Characters>6453</Characters>
+  <Words>1220</Words>
+  <Characters>6958</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Grand Junction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7570</CharactersWithSpaces>
+  <CharactersWithSpaces>8162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Class specifications are intended to present a descriptive list of the range of duties performed by employees in the class</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Hefferon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010094C0FA64FD699E409DB717D83D73E1CF</vt:lpwstr>